--- v0 (2025-10-18)
+++ v1 (2025-12-13)
@@ -117,89 +117,108 @@
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>20</w:t>
       </w:r>
       <w:r w:rsidR="001F60C4" w:rsidRPr="00C72E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="008213CD">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4457187C" w14:textId="1EE88566" w:rsidR="00D97EE1" w:rsidRPr="00C72E32" w:rsidRDefault="007E5AA4" w:rsidP="008027A2">
+    <w:p w14:paraId="4457187C" w14:textId="5A8587EA" w:rsidR="00D97EE1" w:rsidRPr="00C72E32" w:rsidRDefault="007E5AA4" w:rsidP="008027A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C72E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">UKA </w:t>
       </w:r>
       <w:r w:rsidR="00DE3558" w:rsidRPr="00C72E32">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Rule </w:t>
       </w:r>
       <w:r w:rsidR="00E6305B" w:rsidRPr="00C72E32">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>G2 (21) S 5 (5)</w:t>
+        <w:t>G2 (21) S 5 (</w:t>
+      </w:r>
+      <w:r w:rsidR="00505672">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>6)</w:t>
+      </w:r>
+      <w:r w:rsidR="00505672">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C531773" w14:textId="77777777" w:rsidR="00D97EE1" w:rsidRPr="00C72E32" w:rsidRDefault="00D97EE1" w:rsidP="008027A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7AB77EC6" w14:textId="090530DB" w:rsidR="008027A2" w:rsidRPr="00644722" w:rsidRDefault="00DE3558" w:rsidP="008027A2">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -3507,50 +3526,51 @@
     <w:rsid w:val="00457C9A"/>
     <w:rsid w:val="00470A77"/>
     <w:rsid w:val="0047236D"/>
     <w:rsid w:val="0048100B"/>
     <w:rsid w:val="00481ED4"/>
     <w:rsid w:val="00483526"/>
     <w:rsid w:val="0048760A"/>
     <w:rsid w:val="00493E23"/>
     <w:rsid w:val="00495C7A"/>
     <w:rsid w:val="00495D5D"/>
     <w:rsid w:val="004A4A05"/>
     <w:rsid w:val="004A59BF"/>
     <w:rsid w:val="004A6DD5"/>
     <w:rsid w:val="004B426D"/>
     <w:rsid w:val="004B57F7"/>
     <w:rsid w:val="004C058D"/>
     <w:rsid w:val="004C10FF"/>
     <w:rsid w:val="004C4AC8"/>
     <w:rsid w:val="004C7854"/>
     <w:rsid w:val="004D5FBC"/>
     <w:rsid w:val="004E0BE3"/>
     <w:rsid w:val="004E226C"/>
     <w:rsid w:val="004E262C"/>
     <w:rsid w:val="004F2339"/>
     <w:rsid w:val="0050050E"/>
+    <w:rsid w:val="00505672"/>
     <w:rsid w:val="0050640B"/>
     <w:rsid w:val="0051184A"/>
     <w:rsid w:val="00513B53"/>
     <w:rsid w:val="00521A3C"/>
     <w:rsid w:val="00523BDD"/>
     <w:rsid w:val="00541AAB"/>
     <w:rsid w:val="0054395A"/>
     <w:rsid w:val="00543C3F"/>
     <w:rsid w:val="00544920"/>
     <w:rsid w:val="0054680C"/>
     <w:rsid w:val="005478B5"/>
     <w:rsid w:val="00555385"/>
     <w:rsid w:val="00556A29"/>
     <w:rsid w:val="00562EEB"/>
     <w:rsid w:val="00564351"/>
     <w:rsid w:val="00570243"/>
     <w:rsid w:val="00574D78"/>
     <w:rsid w:val="005947B9"/>
     <w:rsid w:val="0059748D"/>
     <w:rsid w:val="005A0201"/>
     <w:rsid w:val="005A0BB3"/>
     <w:rsid w:val="005A1C5E"/>
     <w:rsid w:val="005A5FA0"/>
     <w:rsid w:val="005B0A27"/>
     <w:rsid w:val="005C5681"/>
@@ -3662,50 +3682,51 @@
     <w:rsid w:val="008D5482"/>
     <w:rsid w:val="008D63F3"/>
     <w:rsid w:val="008E14FD"/>
     <w:rsid w:val="008E172C"/>
     <w:rsid w:val="008E6E3A"/>
     <w:rsid w:val="008F0459"/>
     <w:rsid w:val="008F77C9"/>
     <w:rsid w:val="009008AE"/>
     <w:rsid w:val="00901240"/>
     <w:rsid w:val="00901739"/>
     <w:rsid w:val="0090759E"/>
     <w:rsid w:val="0091036D"/>
     <w:rsid w:val="00914E17"/>
     <w:rsid w:val="00916C6C"/>
     <w:rsid w:val="00917E0A"/>
     <w:rsid w:val="00917EE6"/>
     <w:rsid w:val="0092239B"/>
     <w:rsid w:val="00922CBD"/>
     <w:rsid w:val="00923EEB"/>
     <w:rsid w:val="009266B7"/>
     <w:rsid w:val="009455B3"/>
     <w:rsid w:val="00946471"/>
     <w:rsid w:val="00947430"/>
     <w:rsid w:val="009475E9"/>
     <w:rsid w:val="00950F3A"/>
+    <w:rsid w:val="00952650"/>
     <w:rsid w:val="009549A7"/>
     <w:rsid w:val="00956D55"/>
     <w:rsid w:val="00963263"/>
     <w:rsid w:val="00963D3A"/>
     <w:rsid w:val="00964D9D"/>
     <w:rsid w:val="0096644E"/>
     <w:rsid w:val="00971A00"/>
     <w:rsid w:val="00985463"/>
     <w:rsid w:val="009877CF"/>
     <w:rsid w:val="00987C16"/>
     <w:rsid w:val="009905BB"/>
     <w:rsid w:val="009B253A"/>
     <w:rsid w:val="009B4658"/>
     <w:rsid w:val="009D5567"/>
     <w:rsid w:val="009E0909"/>
     <w:rsid w:val="009E2535"/>
     <w:rsid w:val="009F0F59"/>
     <w:rsid w:val="009F0F5F"/>
     <w:rsid w:val="009F2A47"/>
     <w:rsid w:val="009F6FC3"/>
     <w:rsid w:val="00A12492"/>
     <w:rsid w:val="00A22E08"/>
     <w:rsid w:val="00A231A0"/>
     <w:rsid w:val="00A26A23"/>
     <w:rsid w:val="00A26CDD"/>
@@ -4650,69 +4671,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F388981B-3172-49BC-8B7A-C67545461C46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>158</Words>
-  <Characters>806</Characters>
+  <Words>159</Words>
+  <Characters>807</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
+  <Lines>100</Lines>
   <Paragraphs>29</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>APPLICATION FOR REGISTRATION OF FOREIGN ATHLETES 2007</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1052</CharactersWithSpaces>
+  <CharactersWithSpaces>1054</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>APPLICATION FOR REGISTRATION OF FOREIGN ATHLETES 2007</dc:title>
   <dc:subject/>
   <dc:creator>nsykes</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>